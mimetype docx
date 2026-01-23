--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -5,5693 +5,4619 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C659BCA" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="4C659BCA" w14:textId="5EE841AC" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="009C66C1">
       <w:pPr>
+        <w:spacing w:before="240"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Palatino"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E51"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc204611544"/>
       <w:r w:rsidRPr="00A5363F">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Palatino"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E51"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Useful documents: Sample application form</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="71166C6C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="3E472AA9" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00941954" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t>Some AETO’s have AI policies in place regarding the use of AI within applications.  Please read the AI policy for the AETO you are applying to before submitting your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044A557D" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="4B3C74B4" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Section 1: Personal Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2580"/>
         <w:gridCol w:w="11449"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="7315DD28" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="74792692" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32BE3F67" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="6955F907" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="000E4678">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47932597" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="223F6101" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Dr/Miss/Mr/Mrs/Ms/Mx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="519F1EBD" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="52317061" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28D2366D" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="66C9AC9E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Pronouns </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="237EC6D8" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...128 lines deleted...]
-              <w:t>/Other (Other allows free text to be inserted)</w:t>
+          <w:p w14:paraId="61F013B8" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:t>Ey,Em/He,Him/She,Her/They,Them/Ze,Zir/Other (Other allows free text to be inserted)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="3E380EAA" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="16ED93AE" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="606B236E" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="4DB120B7" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>First n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D2464C">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ame</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E4678">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="093B2CF3" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="1F40E067" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="3F59265C" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="5898DF7E" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="079765EE" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="33473FE5" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Last n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D2464C">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ame</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E4678">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="562E0A97" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="4F6B0B2F" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="5980453B" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="1280035C" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A2179A7" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="7BC2C14E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>Mobile number</w:t>
+              </w:rPr>
+              <w:t>Mobile n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D2464C">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5144DA87" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="797EDA0C" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="08C6498F" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="03982B49" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28ECE09F" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="540DA3C8" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Email a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D2464C">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ddress</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E4678">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2271F4BA" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="2A5114D0" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="7A9310EA" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="078E312E" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A009917" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="7FC13A13" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="000E4678">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43FDCC4A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="32DDF1B3" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76FCDFA2" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="75015A52" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E1C4927" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="4FF2E6DC" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:pBdr>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BCBoxedParagraph2021"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">You will be asked to add this information when you first create your Pupillage Gateway account. It can be amended by accessing your account using the </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00A5363F">
+        <w:r w:rsidRPr="00D2464C">
           <w:rPr>
-            <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            <w14:ligatures w14:val="none"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           </w:rPr>
           <w:t>User Login page</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A5363F">
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>, selecting 'Profile' from the main navigation menu, and then selecting the edit symbol in the top right-hand corner of the 'Personal Information' box.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2F4E62" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="348F757E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00DF7EB2" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
-        <w:t>Section 2: Employment and work experience history</w:t>
+        <w:t>Section 2: Employment and w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ork </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xperience </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>istory</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="10660"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="23C05DB8" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="2DF64D4A" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77DEF10C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...14 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="7E9B2801" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Position and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>employment status</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="215AA846" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="19033693" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="60BECF48" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25D8341C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="5CFFCAC6" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Organisation </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C13054A" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="2980AEFC" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="6DAF40E9" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B516BC3" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="1322F079" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Start </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DD/MM/YYYY)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E701A57" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="71CEBF9E" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="32A31F58" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48C5B32B" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="775A2B85" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">End </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DD/MM/YYYY)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59447757" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="3848B9A1" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="5AAFA642" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2399FD59" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="36F64B89" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Current </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6598F700" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="21BC9512" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Toggle on or off</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="2C556567" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="5772F5D5" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59062E47" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="1F8A2033" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="FF0000"/>
-                <w:kern w:val="0"/>
-[...11 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>role</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...5 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>responsibilities</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D2A3CFF" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="1101FF6D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>300-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B0A33C" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="631FF71C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="704DDFB1" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C57CD14" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="768B780B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:pBdr>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BCBoxedParagraph2021"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>When completing the 'Position and Employment Status' field, include the title of your role and specify which of the following categories it fell within: Employed (full-time), Employed (part-time), Intern (full-time), Intern (part-time), Mini pupil or marshal, Other, Self-employed (full-time), Self-employed (part-time), Volunteer (full-time), Volunteer (part-time), Work experience (full-time), Work experience (part-time).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F63654A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="5F8929D1" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13318660" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="2C161F74" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Section 3: Education History</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DFCD715" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="67C16786" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3369"/>
         <w:gridCol w:w="10660"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="3C37B40D" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="6CBBBF09" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17D4220A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...14 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="01AD7D57" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualification</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77AE172B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="3610FBA6" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="43604ACB" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4003246C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="799CBB1F" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Start </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DD/MM/YYYY)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CC38209" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="39235379" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="53D9C047" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4492ED91" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="60221813" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">End </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DD/MM/YYYY)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="170271F0" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="484C63BD" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="6550A93D" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B462D4A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="63B2578E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Currently </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>studying here</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E442BAC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="4BD5D4C7" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Toggle on or off</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="17B2FCA9" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="6EF4699B" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="359B260C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="627965EB" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10660" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...13 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6647E3A0" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="489393FE" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="31846282" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r w:rsidRPr="005A4458">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="098DA8"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Guidance notes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="5806"/>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="4357"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="1E669D0E" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w:rsidRPr="007E1CBF" w14:paraId="6FB4C0C7" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A164BE" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="3EC3F12A" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Institution </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...5 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>type</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="FF0000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AA2B553" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="7E07AD39" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="007E1CBF" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F1304FF" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="078D632A" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="007E1CBF" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4357" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57B38E4A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="5621F4AF" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...16 lines deleted...]
-              <w:t>following categories it fell within: Fee-paying, State, Grammar, Academy</w:t>
+              </w:rPr>
+              <w:t>Please include both the name of the institution at which you studied and specify, in brackets, which of the following categories it fell within: Fee-paying, State, Grammar, Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61A3D257" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="04547F05" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="5811"/>
         <w:gridCol w:w="438"/>
         <w:gridCol w:w="4448"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="21912E58" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w:rsidRPr="007E1CBF" w14:paraId="4B569C25" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64C92C8B" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="38998582" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...11 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Grades </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>obtained</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...5 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>pending</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14BEC1A4" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="74A3A9E2" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="007E1CBF" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75176EB1" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="45B94541" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="007E1CBF" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EFE6C65" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="6FA295B8" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Some </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:color w:val="098DA8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Authorised Education and Training Organisations will allocate marks for grades that you have obtained during your Higher Education and most for those you have obtained during your Further Education. You </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00414209">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>must</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> use the ‘Grades Obtained or Pending’ section below to specify the grades you have received or expect to receive for each qualification, including any GSCEs, A-Levels or equivalent. It is recommended that, in addition to specifying the final grade that you have received or expect in Further Education, you also include the percentages that you were awarded, or expect to be awarded, in respect of the individual modules associated with each qualification. If you do not include your grades then you risk not receiving any marks for your academic history, which could impact on the success of your application(s).</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> use the ‘Grades Obtained or Pending’ section below to specify the grades you have received or expect to receive for each qualification, including any GSCEs, A-Levels or equivalent. It is recommended that, in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:color w:val="098DA8"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>addition to specifying the final grade that you have received or expect in Further Education, you also include the percentages that you were awarded, or expect to be awarded, in respect of the individual modules associated with each qualification. If you do not include your grades then you risk not receiving any marks for your academic history, which could impact on the success of your application(s).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FFFFD73" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="54B10B49" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:spacing w:val="7"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="270AD32D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27EB8635" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>Section 3: Further Education History, Scholarships, Awards, and Prizes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3143"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4302"/>
+        <w:gridCol w:w="3151"/>
+        <w:gridCol w:w="5983"/>
+        <w:gridCol w:w="518"/>
+        <w:gridCol w:w="4301"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="5BB1428C" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="69E8DE84" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:trPr>
           <w:trHeight w:val="1290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AAB0E6D" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="118866AA" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:t>Have you applied, or are you planning to apply, for a waiver from the Vocational Component?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F5549C8" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="38D73F35" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35FC63DC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="34A0979E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E8FBF79" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="0FE54731" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="4B981003" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="7B77362B" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A52DA8A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="25AD653E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>If ‘Yes’, please provide further details here.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1796A645" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="0811B599" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00352E2A" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>200-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09755925" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="2A70594B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75E99D21" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="331E5A41" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E3E0023" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="2E793872" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="0C32ECE0" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="3DCFB1EB" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23AB2001" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="2765F7C6" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Membership of an Inn of Court</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F782D4" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="0DDF2CFE" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Gray’s Inn/Inner Temple/Lincoln’s Inn/Middle Temple/Not Applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1062EF43" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="45CDB961" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E8194B6" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="004DA56B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="16F0AD8E" w14:textId="77777777" w:rsidTr="00A5363F">
+      <w:tr w:rsidR="009C66C1" w14:paraId="39C39635" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18B6104A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="63E9591D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Scholarship, Awards and Prizes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B9BA23B" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="0A0CA679" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>100-word limit</w:t>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>00-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CAB5F84" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="225B29E1" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="157C19A1" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="1E625FE0" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54F004B0" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="3F04E4A0" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00DE1825" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Please provide details of any scholarships, awards, or prizes that you have obtained, alongside the name of the awarding body and the date obtained. For example, ‘Advocacy Scholarship, BPP University (2021)’ or ‘GDL Exhibition Award, Inner Temple (2019/20)’ or ‘Winner, Landmark Chambers Property Moot Competition (2021)’.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A3EDD5B" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="1F663F0E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48BEAB73" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="308DC0B9" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55C427E1" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="49273B5E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>Section 4: Additional Skills, Hobbies, and Interests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613AB90E" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="011D6DE7" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3147"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4396"/>
+        <w:gridCol w:w="3154"/>
+        <w:gridCol w:w="5868"/>
+        <w:gridCol w:w="526"/>
+        <w:gridCol w:w="4405"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="33DC6B71" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="400D2CB7" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24DA3185" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="610DE7D8" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="FF0000"/>
-                <w:kern w:val="0"/>
-[...9 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Languages</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61AA7037" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="6D843AC2" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>100-word limit</w:t>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>00-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="629FD0F5" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="04CF225C" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2820452F" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="1965DCE5" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="790AF16A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="73D7FCE1" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Please provide details of the languages that you speak and in brackets after each, your fluency in them: Basic, Intermediate, Business, Fluent, Native. For example: ‘English (Native); Urdu (Fluent); Spanish (Intermediate)’.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A129250" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="54792E63" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3180"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4374"/>
+        <w:gridCol w:w="3190"/>
+        <w:gridCol w:w="5857"/>
+        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="4381"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="622A8107" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="5A97792B" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2583CCBF" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...14 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="47F577DD" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Professional Qualifications</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C529261" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="2F042257" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00C95814" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>100-word limit</w:t>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>00-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16C668A9" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="4CA64144" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54A9D191" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="2122A97E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11D98E08" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="49CD0DCE" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00DE1825" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>Please provide details of any additional qualifications, alongside the name of the awarding body and the date obtained. For example: 'Merit in Teaching English as Foreign Language (TEFL) at the International TEFL Academy (2020)' or 'Grade 7 Pianist at the Associated Board of the Royal Schools of Music (2018)'.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide details of any additional qualifications, alongside the name of the awarding body and the date obtained. For example: 'Merit in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:color w:val="098DA8"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching English as Foreign Language (TEFL) at the International TEFL Academy (2020)' or 'Grade 7 Pianist at the Associated Board of the Royal Schools of Music (2018)'.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13A4C542" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="00103E97" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3178"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4372"/>
+        <w:gridCol w:w="3188"/>
+        <w:gridCol w:w="5862"/>
+        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="4378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="149A80AE" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="5B23D0F8" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3330350B" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...14 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="0A3DE3C7" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Positions of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>esponsibility</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0357F043" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>100-word limit</w:t>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>00-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65437195" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="5FA8E67D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="676947EE" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="6D9F413D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CF95764" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="1196A425" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Please provide details of any positions of responsibility you have held and that you have not already referred to within this application form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06475587" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="08149669" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3161"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4373"/>
+        <w:gridCol w:w="3169"/>
+        <w:gridCol w:w="5878"/>
+        <w:gridCol w:w="526"/>
+        <w:gridCol w:w="4380"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="6100DE37" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="5ADF6FAE" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79A8C600" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="18DAE53B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
               <w:t xml:space="preserve">Interests and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ecreational </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ctivities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2098CCEC" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t>100-word limit</w:t>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>00-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34E12543" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="20FA2DF6" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C5F4751" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="38C200FF" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E3FCF4F" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="05AD0D2F" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Please provide details of any non-work-related involvement. If relevant to your proposed area of practice, please explain in what way. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7959DFFC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="48CC5B79" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F2B7FE" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="62DE150F" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Section 5: Extenuating circumstances and other disclosure </w:t>
+        </w:rPr>
+        <w:t>Section 5: Extenuating c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ircumstances</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ther </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>isclosure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3190"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4371"/>
+        <w:gridCol w:w="3201"/>
+        <w:gridCol w:w="5849"/>
+        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="4378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="3DDF8246" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="3B40957F" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05893F0E" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="7CDAD40F" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00866F8B" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t xml:space="preserve">Extenuating </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:bCs/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ircumstances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D449CE7" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="72064E10" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Minimum one word, maximum 200-word limit. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Minimum one word, maximum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>200-word limit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C443930" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="76EDBD83" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7052B63C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="198C349E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="302606CC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="32CB45C6" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Please provide details of any extenuating circumstances relevant to your application. If this section is not relevant to you, then simply respond with the word "None". </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="429579D1" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="37B3F770" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13953" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3281"/>
         <w:gridCol w:w="5786"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="4319"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="52F1B03A" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="58318BC1" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B6F1E37" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="0E285669" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00DE1825" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk151975922"/>
-            <w:r w:rsidRPr="00A5363F">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Do you have any convictions (spent or unspent), cautions or final warnings in any country, save those that are protected by </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Int_gJo2f80a"/>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>law?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70E71545" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="3C87C200" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C27EA7B" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="3F2A5B42" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="525B589C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="56FBC3F9" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Please share any information relevant to the question even if you have already provided this information to an Inn of Court and/or any higher education institute and/or the Bar Standards Board. Knowingly submitting false information as part of your application and/or failing to disclose relevant information may result in you being asked to withdraw from this year’s pupillage recruitment process. If you have been Called to the Bar, then you may also be asked to report the misconduct to the Bar Standards Board, as your actions may be considered a breach of rC8 “You must not do anything which could reasonably be seen by the public to undermine your honesty, integrity (CD3) and independence (CD4)”.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139A0EDC" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:color w:val="098DA8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If you are providing information here that you have previously given to an Inn of Court and/or any higher education institute and/or the Bar Standards Board, any decision by the relevant organisation will not be affected or revisited because of your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:color w:val="098DA8"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Bar, then you may also be asked to report the misconduct to the Bar Standards Board, as your actions may be considered a breach of rC8 “You must not do anything which could reasonably be seen by the public to undermine your honesty, integrity (CD3) and independence (CD4)”.</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">If you are providing information here that you have previously given to an Inn of Court and/or any higher education institute and/or the Bar Standards Board, any decision by the relevant organisation will not be affected or revisited because of your application. If you require further advice relating to this section, you may contact the Bar Council’s Pupillage Helpline at </w:t>
+              <w:t xml:space="preserve">application. If you require further advice relating to this section, you may contact the Bar Council’s Pupillage Helpline at </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00A5363F">
+              <w:r w:rsidRPr="001E71F9">
                 <w:rPr>
-                  <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                   <w:color w:val="098DA8"/>
-                  <w:kern w:val="0"/>
-[...3 lines deleted...]
-                  <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t>PupilHelpline@BarCouncil.org.uk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1939A167" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="1838DAE0" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="74FA5747" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="141DEE73" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D0289AC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="7FCB56C8" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...11 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>If ‘Yes’, please provide further details here.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="056854D8" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="36CD3789" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>200-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E8B8F47" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="79D8466D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B046219" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="7912C49F" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1234219E" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="600DFFDF" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42F3376D" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="5B515C7C" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3281"/>
         <w:gridCol w:w="5786"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="4319"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="1B1BA09B" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="313282BC" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07A23B86" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="5B55EF6A" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00DE1825" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
               <w:t xml:space="preserve">Are you, or have you ever been, subject to any proceedings by a higher education institution or professional / regulatory body? This includes pending proceedings and those that have </w:t>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="_Int_LOlpjM0L"/>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>concluded.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75D23EDF" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="0ACEA4B4" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DC2DDE3" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="34915626" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C6FE18" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="46A2B197" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please share any information relevant to the question even if you have already provided this information to an Inn of Court and/or any higher education institute and/or the Bar Standards Board. Knowingly submitting false information as part of your application and/or failing to disclose relevant information may result in you being asked to withdraw from this year’s pupillage recruitment process. If you have been Called to the Bar, then you may also be asked to report the misconduct to the Bar Standards Board, as your actions may be considered a breach of rC8 “You </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>must not do anything which could reasonably be seen by the public to undermine your honesty, integrity (CD3) and independence (CD4)”.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A83DA20" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">advice relating to this section, you may contact the Bar Council’s Pupillage Helpline at </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">If you are providing information here that you have previously given to an Inn of Court and/or any higher education institute and/or the Bar Standards Board, any decision by the relevant organisation will not be affected or revisited because of your application. If you require further advice relating to this section, you may contact the Bar Council’s Pupillage Helpline at </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00A5363F">
+              <w:r w:rsidRPr="001E71F9">
                 <w:rPr>
-                  <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                   <w:color w:val="098DA8"/>
-                  <w:kern w:val="0"/>
-[...3 lines deleted...]
-                  <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t>PupilHelpline@BarCouncil.org.uk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="001E71F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37217F41" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="5F53E985" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5363F" w:rsidRPr="00A5363F" w14:paraId="48538849" w14:textId="77777777" w:rsidTr="004956BF">
+      <w:tr w:rsidR="009C66C1" w14:paraId="712317BB" w14:textId="77777777" w:rsidTr="00BE3839">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DED126F" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...16 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="79CE43F4" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00DE1825" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>If ‘Yes’, please provide further details here.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="C00000"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AE8E1AC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="7911E9CA" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1825">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>200-word limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="332669EA" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="3F42D7DA" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63B9F518" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...7 lines deleted...]
-                <w14:ligatures w14:val="none"/>
+          <w:p w14:paraId="025FAE93" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FFC97AC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:p w14:paraId="2BB8F1DB" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="001E71F9" w:rsidRDefault="009C66C1" w:rsidP="00BE3839">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:color w:val="098DA8"/>
-                <w:kern w:val="0"/>
-[...2 lines deleted...]
-                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="47A03A73" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="6A52421D" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00D2464C" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68EF3720" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="747A497D" w14:textId="1221DA61" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk116049678"/>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:t>Section 6: Bespoke questions of authorised education and training organisations</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 6: Bespoke </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uestions of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uthorised </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ducation and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aining </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rganisations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C22AF4D" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="12622F3B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">AETO’s that use the system to manage their recruitment processes </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>AETO’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60360">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that use the system to manage their recruitment processes </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Int_ibNhbrRa"/>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B60360">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t>are able to</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B60360">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve"> include up to seven bespoke questions in their application forms. Ahead of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="timetable" w:history="1">
-        <w:r w:rsidRPr="00A5363F">
+        <w:r w:rsidRPr="00B60360">
           <w:rPr>
-            <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
-            <w:color w:val="0563C1"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
             <w:spacing w:val="7"/>
-            <w:kern w:val="0"/>
-[...1 lines deleted...]
-            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>opening of the application window</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B60360">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:spacing w:val="7"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B60360">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve"> these questions will be accessible through their advertisements and included under the ‘How to Apply’ section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BB4BA8" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="5BBAB6C9" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B60360" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73525E12" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="0317E185" w14:textId="461797A8" w:rsidR="009C66C1" w:rsidRPr="00534B4E" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r w:rsidRPr="1511F4EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:t>Section 7: Equal opportunities monitoring</w:t>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Section 7: Equal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pportunities </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>onitoring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EFC410" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="46335C78" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60360">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>The information contained within the Equal Opportunities Monitoring section will be treated in the strictest confidence and will be used by the Bar Council for the purposes of statistical monitoring only. All Authorised Education and Training Organisations that use the Pupillage Gateway to facilitate their respective recruitment processes can conduct the shortlisting and interview stages without reference to this information, as it is automatically separated from candidates’ applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6F476E" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1B4788F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Bar Council and its members are committed to equal opportunities for all, irrespective of race, colour, creed, ethnic or national origins, gender, marital status, sexuality, disability, or age. So that we can monitor how we are performing against our strategic aim for improving equality and diversity at the Bar, we are seeking your help. To that end, it would be of great assistance if you would complete the monitoring form that will appear at Section 7 of your application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37141DA7" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C26F94" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+      <w:r w:rsidRPr="1511F4EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 8: Contextual </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:t>Section 8: Contextual recruitment</w:t>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ecruitment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1AB9F7" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="533F476C" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
+      <w:r w:rsidRPr="00112234">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">We’re working to improve the diversity of the pupillage intake at the Bar, and contextual recruitment helps in some way to achieve this. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5D14F8" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="3DA3DF17" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00E821D9" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
+      <w:r w:rsidRPr="00E821D9">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Contextual recruitment gives AETOs a tool to evaluate your application based on a better understanding of your circumstances and potential. It is intended to help those responsible for recruitment to identify high achievers who may have faced challenges which they have overcome.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFA3892" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="52B23B90" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00112234" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
+      <w:r w:rsidRPr="00112234">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The response to these questions will be sent directly to our partner, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:tooltip="Rare recruitment website" w:history="1">
-        <w:r w:rsidRPr="00A5363F">
+        <w:r w:rsidRPr="00112234">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-            <w:color w:val="0563C1"/>
-[...2 lines deleted...]
-            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Rare</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A5363F">
+      <w:r w:rsidRPr="00112234">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, who process the data and attach ‘flags’ for each of the categories to your application. Recruiters will get to see if you have an ‘education’, ‘personal’ or ‘socio-economic’ category flag. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26592802" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="1AA3E4B9" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00112234" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
+      <w:r w:rsidRPr="00112234">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>If you do not receive any contextual ‘flags’, this does not put your application at a disadvantage. If your application meets all the criteria required</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A5363F">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> by the individual AETO, you will still be included on their shortlist.  </w:t>
+      <w:r w:rsidRPr="004E730D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>by the individual AETO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112234">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>, you will still be included on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112234">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shortlist.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4560AF04" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="1C8A45C8" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00112234" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
+      <w:r w:rsidRPr="00112234">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Contextual data is optional for recruiters to use during the pupillage application process. Some may refer to it during initial shortlisting, some may look at it at interview stage, whereas some may look at it at offer stage.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29270193" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="25559B89" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58742510" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="603C8A8B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="00B52449" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="1511F4EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 9: Application </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w14:ligatures w14:val="none"/>
-[...2 lines deleted...]
-        <w:t>Section 9: Application summary and agreements</w:t>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ummary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1511F4EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2464C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>greements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEE4535" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="0D9BE40B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk146110837"/>
-      <w:r w:rsidRPr="00A5363F">
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00C64C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t>I confirm that my application is valid and that it contains only information that I honestly believe to be true and accurate. I understand that if I knowingly submit false information as part of my application, I will be asked to withdraw from this year’s pupillage recruitment process and that I shall do so and may also be under an obligation to report the misconduct to the Bar Standards Board.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="12E1B5BC" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="308842E7" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRPr="0002741F" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7805989A" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="767B67A4" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk146110849"/>
-      <w:r w:rsidRPr="00A5363F">
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00761E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t>Please note that you will not be able to edit the answers to your application questionnaires once it has been submitted. Furthermore, if you withdraw it after it has been submitted you will not be able to submit a replacement application, even if you are still acting within the relevant application window.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09BC4BB4" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="7743E29B" w14:textId="77777777" w:rsidR="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17B0E055" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRPr="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="4A7AF3EF" w14:textId="49D9766D" w:rsidR="00BF29FE" w:rsidRPr="009C66C1" w:rsidRDefault="009C66C1" w:rsidP="009C66C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5363F">
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t>I confirm that my application is valid and that I have read and agree to abide by the Terms and Conditions of the Pupillage Gateway.  Furthermore, I give my consent for any ‘special category’ personal data that I have chosen to provide being processed in accordance with them</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00A5363F">
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...43 lines deleted...]
-    <w:sectPr w:rsidR="00BF29FE" w:rsidSect="00A5363F">
+    <w:sectPr w:rsidR="00BF29FE" w:rsidRPr="009C66C1" w:rsidSect="00A5363F">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48F73E5F" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="00AFA413" w14:textId="77777777" w:rsidR="006261F4" w:rsidRDefault="006261F4" w:rsidP="00A5363F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17F482BA" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="50261F2E" w14:textId="77777777" w:rsidR="006261F4" w:rsidRDefault="006261F4" w:rsidP="00A5363F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-    <w:panose1 w:val="02040502050505030304"/>
+  <w:font w:name="Palatino">
+    <w:altName w:val="Palatino Linotype"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino">
-    <w:altName w:val="Palatino Linotype"/>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1546054983"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="72314607" w14:textId="02174634" w:rsidR="00612033" w:rsidRDefault="00612033">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
@@ -5719,58 +4645,58 @@
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00063FCF">
           <w:rPr>
             <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="23F83555" w14:textId="77777777" w:rsidR="00612033" w:rsidRDefault="00612033">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="171D496D" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="22E8624A" w14:textId="77777777" w:rsidR="006261F4" w:rsidRDefault="006261F4" w:rsidP="00A5363F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F4E511C" w14:textId="77777777" w:rsidR="00A5363F" w:rsidRDefault="00A5363F" w:rsidP="00A5363F">
+    <w:p w14:paraId="137578FB" w14:textId="77777777" w:rsidR="006261F4" w:rsidRDefault="006261F4" w:rsidP="00A5363F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EAB3926" w14:textId="6E2BB6DB" w:rsidR="00A5363F" w:rsidRDefault="001C7D2C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A67B026" wp14:editId="0487270B">
           <wp:extent cx="3000375" cy="1162645"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2008718096" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -5922,78 +4848,81 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="662662923">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A5363F"/>
     <w:rsid w:val="00063FCF"/>
     <w:rsid w:val="001C7D2C"/>
     <w:rsid w:val="00492985"/>
+    <w:rsid w:val="00534B4E"/>
+    <w:rsid w:val="005D00D1"/>
     <w:rsid w:val="00612033"/>
+    <w:rsid w:val="006261F4"/>
     <w:rsid w:val="006C15D9"/>
     <w:rsid w:val="008567D4"/>
+    <w:rsid w:val="009C66C1"/>
     <w:rsid w:val="009D7045"/>
     <w:rsid w:val="00A4228C"/>
     <w:rsid w:val="00A5363F"/>
     <w:rsid w:val="00B251F3"/>
     <w:rsid w:val="00BF29FE"/>
     <w:rsid w:val="00DA6D96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -6411,51 +5340,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A5363F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A5363F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -6626,51 +5554,50 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A5363F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:rsid w:val="00A5363F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A5363F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -6940,50 +5867,84 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A5363F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A5363F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A5363F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C66C1"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCBoxedParagraph2021">
+    <w:name w:val="BC Boxed Paragraph 2021"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C66C1"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="48" w:space="10" w:color="008DA8"/>
+        <w:left w:val="single" w:sz="48" w:space="10" w:color="008DA8"/>
+        <w:bottom w:val="single" w:sz="48" w:space="10" w:color="008DA8"/>
+        <w:right w:val="single" w:sz="48" w:space="10" w:color="008DA8"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino" w:eastAsia="Calibri" w:hAnsi="Palatino" w:cs="Times New Roman"/>
+      <w:color w:val="404040"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PupilHelpline@BarCouncil.org.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recruitment.pupillagegateway.com/members/index.php" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rarerecruitment.co.uk/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pupillagegateway.com/applicants" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PupilHelpline@BarCouncil.org.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -7258,55 +6219,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>9747</Characters>
+  <Pages>11</Pages>
+  <Words>1709</Words>
+  <Characters>9743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>81</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11435</CharactersWithSpaces>
+  <CharactersWithSpaces>11430</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Isobel Lindsay</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>