--- v0 (2025-10-13)
+++ v1 (2026-01-23)
@@ -1897,51 +1897,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53972145" w14:textId="77777777" w:rsidR="007A7664" w:rsidRPr="00A83CFB" w:rsidRDefault="007A7664" w:rsidP="00D679B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67E43120" w14:textId="7790EF74" w:rsidR="007A7664" w:rsidRPr="00A83CFB" w:rsidRDefault="007A7664" w:rsidP="00D679B9">
+          <w:p w14:paraId="67E43120" w14:textId="3AC483D8" w:rsidR="007A7664" w:rsidRPr="00A83CFB" w:rsidRDefault="007A7664" w:rsidP="00D679B9">
             <w:pPr>
               <w:pStyle w:val="BCBoxedParagraph2021"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Guidance </w:t>
             </w:r>
             <w:r w:rsidR="00A83CFB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:b/>
@@ -1952,51 +1952,63 @@
             </w:r>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Please add a description of the award </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00590A64">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> '£23,000 per annum' or '£20,000 during the practicing period with guaranteed earnings of £2,000 per month thereafter'.</w:t>
+              <w:t xml:space="preserve"> '£23,000 per annum' or '£20,000 during the practi</w:t>
+            </w:r>
+            <w:r w:rsidR="00A041ED">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A83CFB">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ing period with guaranteed earnings of £2,000 per month thereafter'.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BCCA955" w14:textId="77777777" w:rsidR="000B3210" w:rsidRPr="00A83CFB" w:rsidRDefault="000B3210" w:rsidP="00D679B9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
@@ -2133,63 +2145,63 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="402D55DF" w14:textId="77777777" w:rsidR="0073576F" w:rsidRPr="00A83CFB" w:rsidRDefault="0073576F" w:rsidP="00D679B9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:b/>
                 <w:color w:val="4472C4"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>delete any not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2644228E" w14:textId="5033DBDB" w:rsidR="0073576F" w:rsidRPr="00A83CFB" w:rsidRDefault="0073576F" w:rsidP="00D679B9">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Midlands / Multiple </w:t>
+          <w:p w14:paraId="2644228E" w14:textId="2002C233" w:rsidR="0073576F" w:rsidRPr="00A83CFB" w:rsidRDefault="0073576F" w:rsidP="00D679B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A83CFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midland / Multiple </w:t>
             </w:r>
             <w:r w:rsidR="00A83CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ircuits / </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00922899" w:rsidRPr="00A83CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>North Eastern</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A83CFB">
@@ -3845,114 +3857,116 @@
     <w:altName w:val="Palatino Linotype"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF2009"/>
     <w:rsid w:val="00017063"/>
     <w:rsid w:val="000B3210"/>
     <w:rsid w:val="000B6BDB"/>
     <w:rsid w:val="001121A7"/>
     <w:rsid w:val="00112B4A"/>
     <w:rsid w:val="00120DB8"/>
     <w:rsid w:val="0014711E"/>
     <w:rsid w:val="001A4F5C"/>
     <w:rsid w:val="001B0183"/>
     <w:rsid w:val="00221201"/>
     <w:rsid w:val="00294EAD"/>
     <w:rsid w:val="002F6EC8"/>
     <w:rsid w:val="00340ECE"/>
     <w:rsid w:val="003563F0"/>
     <w:rsid w:val="003A5E4F"/>
     <w:rsid w:val="004623C7"/>
     <w:rsid w:val="00495612"/>
     <w:rsid w:val="004E2C8B"/>
     <w:rsid w:val="00535E01"/>
     <w:rsid w:val="00590A64"/>
     <w:rsid w:val="005E080F"/>
     <w:rsid w:val="00721179"/>
     <w:rsid w:val="0073576F"/>
     <w:rsid w:val="007A5448"/>
     <w:rsid w:val="007A7664"/>
     <w:rsid w:val="007A7C0C"/>
     <w:rsid w:val="007B2CA5"/>
     <w:rsid w:val="007E1CBF"/>
     <w:rsid w:val="00824C94"/>
     <w:rsid w:val="008B711C"/>
     <w:rsid w:val="00921EF1"/>
     <w:rsid w:val="00922899"/>
     <w:rsid w:val="009741C0"/>
     <w:rsid w:val="009C77B3"/>
     <w:rsid w:val="009D3051"/>
     <w:rsid w:val="009E670F"/>
+    <w:rsid w:val="00A041ED"/>
     <w:rsid w:val="00A83CFB"/>
     <w:rsid w:val="00A84CC9"/>
     <w:rsid w:val="00B44CA0"/>
     <w:rsid w:val="00B45ADF"/>
     <w:rsid w:val="00B62187"/>
     <w:rsid w:val="00B62C90"/>
     <w:rsid w:val="00BB24A3"/>
     <w:rsid w:val="00BB5551"/>
     <w:rsid w:val="00C46626"/>
     <w:rsid w:val="00CD21B1"/>
     <w:rsid w:val="00CF2009"/>
     <w:rsid w:val="00D35C0E"/>
     <w:rsid w:val="00D679B9"/>
     <w:rsid w:val="00D74605"/>
+    <w:rsid w:val="00E91C97"/>
     <w:rsid w:val="00F10BAF"/>
     <w:rsid w:val="00FE215A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -4864,75 +4878,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>569</Words>
-  <Characters>3052</Characters>
+  <Words>540</Words>
+  <Characters>3080</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Jobsgopublic</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3601</CharactersWithSpaces>
+  <CharactersWithSpaces>3613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>2752586</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:pupillagegateway@barcouncil.org.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866669</vt:i4>
       </vt:variant>
       <vt:variant>